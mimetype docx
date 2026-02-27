--- v0 (2025-10-13)
+++ v1 (2026-02-27)
@@ -1,2911 +1,1979 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="67F5687A" w14:textId="77777777" w:rsidR="005A6629" w:rsidRDefault="005A6629" w:rsidP="005A6629">
+    <w:p w14:paraId="4ED0B1BB" w14:textId="77777777" w:rsidR="00B534ED" w:rsidRPr="00B534ED" w:rsidRDefault="00B534ED" w:rsidP="00B534ED">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:szCs w:val="52"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>THE AMITY AFFLICTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F48DA48" w14:textId="261F34EC" w:rsidR="009E1A6A" w:rsidRDefault="00B534ED" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Amity Affliction </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1A6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">didn’t choose emotional honesty as an affectation. It’s pure survival. The Australian melodic metalcore mavericks built </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a global following </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1A6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through passion, authenticity, and unflinching self-reflection. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>It’s all</w:t>
+      </w:r>
+      <w:r w:rsidR="00020F4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1A6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>powered by massive</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1A6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> heavy compositions anchored in soaring melodicism and unmistakable emotional depth.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366B0702" w14:textId="5620CA82" w:rsidR="00082C3D" w:rsidRDefault="009E1A6A" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">These songs don’t promise absolution but recognition. </w:t>
+      </w:r>
+      <w:r w:rsidR="00020F4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>It’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an electric conduit between band and audience, an understanding of suicidal ideation, grief, addiction, and rage. The Amity Affliction is a shared experience, a means of cathartic exorcism and stark clarity. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F903E6A" w14:textId="1A93207C" w:rsidR="00635BD6" w:rsidRDefault="00635BD6" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the short few years since </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635BD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Not Without My Ghosts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2023), frontman Joel Birch lost </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF390B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a close friend to cancer; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">his mother </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF390B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">passed </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>after a lifetime of abuse and neglect</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF390B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and he </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nearly </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF390B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exited the group. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The band </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF390B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>fac</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ed </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF390B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>online</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF390B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">discourse </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">after a lineup change. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D81BD0C" w14:textId="42B80153" w:rsidR="00635BD6" w:rsidRDefault="00635BD6" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Birch, longtime guitarist and producer Dan Brown, drummer Joe Longobardi, and new bassist/vocalist Jonathan Reeves </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">drew closer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and channeled it all into their art. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3299D7" w14:textId="2D30A1C4" w:rsidR="00020F4E" w:rsidRDefault="00020F4E" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00020F4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>House of Cards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a bombastic manifestation of the adage, “If you’re going through hell, keep going.” Despite the turmoil, or perhaps because of it, of life-changing obstacles, The Amity Affliction are more comfortable in their own skin than ever. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020F4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>House of Cards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is explosive, defiant, and destined to stand as a new landmark among the band’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>catalog</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C1B5C8" w14:textId="6F59A6FE" w:rsidR="00B534ED" w:rsidRDefault="00020F4E" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anthems like “Pittsburgh” (RIAA-certified Gold in 2025), “Drag the Lake,” “Don’t Lean On Me,” “Soak Me in Bleach,” “Ivy (Doomsday),” and “Open Letter” </w:t>
+      </w:r>
+      <w:r w:rsidR="00B90054">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>helped define</w:t>
+      </w:r>
+      <w:r w:rsidR="00B534ED" w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the band’s legacy. These weren’t crossover hits built for radio; they were lifelines for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">those </w:t>
+      </w:r>
+      <w:r w:rsidR="00B534ED" w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who heard their own battles reflected without judgment. As Birch </w:t>
+      </w:r>
+      <w:r w:rsidR="00635BD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">himself </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>says,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B534ED" w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “I think people can tell when you’re being honest, even if it’s ugly. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B534ED" w:rsidRPr="00020F4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Especially</w:t>
+      </w:r>
+      <w:r w:rsidR="00B534ED" w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if it’s ugly.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5488AFB0" w14:textId="351967EA" w:rsidR="00FE38A7" w:rsidRDefault="00FE38A7" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The band’s sophomore album, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE38A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Youngbloods </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2010), </w:t>
+      </w:r>
+      <w:r w:rsidR="00231FD0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>was named</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE38A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Blunt Magazine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s Album of the Year and earned the band </w:t>
+      </w:r>
+      <w:r w:rsidR="00231FD0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> first of more than half a dozen ARIA Award </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">nominations (and counting). </w:t>
+      </w:r>
+      <w:r w:rsidR="00231FD0" w:rsidRPr="00231FD0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Chasing Ghosts</w:t>
+      </w:r>
+      <w:r w:rsidR="00231FD0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2012), a viscerally direct admonition against taking one’s own life, became their first No. 1 and first Gold album in Australia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7267760C" w14:textId="00D948A7" w:rsidR="00B534ED" w:rsidRDefault="00231FD0" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The band’s popularity grew organically, and they became a staple of the Vans Warped Tour and alternative/metal </w:t>
+      </w:r>
+      <w:r w:rsidR="00E66630">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>subculture</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00635BD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E66630">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00635BD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>hen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00231FD0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Let the Ocean Take Me</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2014) was a revelation. By the time the</w:t>
+      </w:r>
+      <w:r w:rsidR="00635BD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> band</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> celebrated its tenth anniversary with a massive tour</w:t>
+      </w:r>
+      <w:r w:rsidR="00635BD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00635BD6" w:rsidRPr="00635BD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Redux</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00231FD0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Let the Ocean Take Me</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was </w:t>
+      </w:r>
+      <w:r w:rsidR="000377C5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>revered as a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modern classic. It’s a cornerstone of a</w:t>
+      </w:r>
+      <w:r w:rsidR="000377C5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vibrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> scene that, at its best, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B534ED" w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>value</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s honesty</w:t>
+      </w:r>
+      <w:r w:rsidR="000377C5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and integrity</w:t>
+      </w:r>
+      <w:r w:rsidR="00B534ED" w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as much as aggression. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76630572" w14:textId="6C784CC9" w:rsidR="00353B3B" w:rsidRDefault="00E66630" w:rsidP="00353B3B">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Like many bands in the wake of a defining landmark, The Amity Affliction grappled with the weight of expectations while challenging themselves and their audience creatively. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Misery</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2018) was an adventurous departure that, while catchy and strong, struggled to escape the shadow of its predecessor. As Birch later reflected: “When you start questioning what you’re good at, you make decisions out of fear instead of instinct.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DA90A3" w14:textId="471A77BB" w:rsidR="00EE423A" w:rsidRDefault="00EE423A" w:rsidP="00353B3B">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The next era wasn’t a retreat but a recalibration. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2940">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Produced by Matt Squire (Panic! At Th</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2940">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Disco, The Used, Neck Deep), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE423A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Everyone Loves You… Once You Leave Them</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2020)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2940">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> engaged</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the band’s heaviest side without abandoning </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2940">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">its </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>more recent melodic</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2940">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> highs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3019B6C8" w14:textId="52E1BB25" w:rsidR="00EE423A" w:rsidRDefault="00EE423A" w:rsidP="00353B3B">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The self-produced </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE423A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Not Without My Ghosts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2023) inspired </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Wall Of Sound</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>declare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, “[</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he] album will most definitely leave the haters and naysayers taking back every bad word they ever said… Not only do The Amity Affliction still have what it takes, but this album will stand up strong amongst the best in their back catalog for years to come.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB48FA2" w14:textId="1199A52B" w:rsidR="00B534ED" w:rsidRPr="00B534ED" w:rsidRDefault="00B534ED" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>At the heart of Amity’s identity is Birch’s voice — not just as a vocalist, but as a writer whose lyrics have always drawn from lived experience rather than abstraction. From the beginning, his approach was less about confession than confrontation: naming the feelings most people are trained to hide. It made the</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> band</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a touchstone for listeners navigating mental</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anguish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, loss, and self-destruction — not as spectacle, but as reality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058CF91C" w14:textId="593D9A62" w:rsidR="00B534ED" w:rsidRPr="00B534ED" w:rsidRDefault="00B534ED" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Birch has spoken openly about addiction in the past, but what defines this period is not recovery mythology or redemption arcs. It’s clarity. “I know, without a doubt, that if I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">drink again, I will </w:t>
+      </w:r>
+      <w:r w:rsidR="0018563B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">end </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>my</w:t>
+      </w:r>
+      <w:r w:rsidR="0018563B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> life</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,” he s</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ays</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plainly. “So</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there’s no version of this where I get to pretend it’s optional.” </w:t>
+      </w:r>
+      <w:r w:rsidR="004A2B0F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A decade of s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>obriety, for Birch, isn’t an identity or a victory lap. It’s maintenance — the cost of staying alive and present enough to keep going.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3D5F26" w14:textId="59C1EF01" w:rsidR="00B534ED" w:rsidRDefault="00B534ED" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">That clarity extended beyond </w:t>
+      </w:r>
+      <w:r w:rsidR="0004638D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>drinking (or gambling)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Over time, Birch began shrinking his world down to what he could </w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF" w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>control</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. He stepped away from social media and the constant churn of outrage, recognizing that being perpetually “right” was isolating him from </w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">things that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mattered most. “I had to stop thinking I could fix everything by having the correct opinion,” he </w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>explains</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. “The only thing I can actually control is myself.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F22FD5E" w14:textId="7CA047AF" w:rsidR="006711DF" w:rsidRDefault="006711DF" w:rsidP="006711DF">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With struggle came creative freedom. Produced by Brown and mixed by </w:t>
+      </w:r>
+      <w:r w:rsidR="00B534ED" w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sam Bassal (Ocean Grove, Thornhill, Bloom), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>House of Cards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> details an emotional collapse, but it was created with newfound clarity. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“It was the first time in a long time </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>where we didn’t have anything to prove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” he said. “We </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>simply made</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the record we wanted to make.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEA1E5B" w14:textId="77777777" w:rsidR="006711DF" w:rsidRPr="00B534ED" w:rsidRDefault="006711DF" w:rsidP="006711DF">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>They</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pushed back against songwriting habits that prioritized structure over feeling. Brown refined rather than redirected. Longobardi provided a physical foundation. Reeves added texture</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and weight</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without softening intent. “There wasn’t any of that second-guessing,” Birch said. “Once something felt right, we trusted it.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E67D02" w14:textId="2C9B6586" w:rsidR="00B534ED" w:rsidRDefault="00B534ED" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>“All That I Remember</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rooted in grief and fractured family ties</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> title track underscore</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the album’s thematic fragility — the idea that everything built without honesty eventually </w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>falls apart. “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Eternal War” stands among the heaviest material the band ha</w:t>
+      </w:r>
+      <w:r w:rsidR="006711DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B534ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ever written, born from a renewed commitment to instinct over restraint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221C983A" w14:textId="77777777" w:rsidR="00E25FA0" w:rsidRDefault="00E25FA0" w:rsidP="00E25FA0">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>House of Cards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>testa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ment </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> survi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a band stronger than ever</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tha</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t chose instinct over fear. For Birch, that choice is no longer abstract. It’s daily, deliberate, and non-negotiable. “I don’t think in terms of fixing everything anymore,” he says. “I think in terms of staying alive, staying present, and doing the next right thing.” More than two decades into their career, The Amity Affliction aren’t chasing redemption or reinvention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D981F71" w14:textId="77777777" w:rsidR="00E25FA0" w:rsidRDefault="00E25FA0" w:rsidP="00E25FA0">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08A7B129" w14:textId="77777777" w:rsidR="0056655E" w:rsidRDefault="0056655E" w:rsidP="005A6629">
+    <w:p w14:paraId="7C96ACAD" w14:textId="3E08AB15" w:rsidR="00E25FA0" w:rsidRDefault="00E25FA0" w:rsidP="00E25FA0">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:szCs w:val="72"/>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">They’ve earned the clarity to move forward without illusion, continuing not because they have something left to prove but because they know exactly why they’re still here. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D420A8" w14:textId="01E9ACCC" w:rsidR="00E25FA0" w:rsidRPr="00E25FA0" w:rsidRDefault="00E25FA0" w:rsidP="00E25FA0">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>In the end, the only way out has always been through.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0D6C59" w14:textId="77777777" w:rsidR="00E25FA0" w:rsidRPr="00B534ED" w:rsidRDefault="00E25FA0" w:rsidP="00B534ED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4002ACDF" w14:textId="1D315572" w:rsidR="005449F3" w:rsidRPr="005A6629" w:rsidRDefault="005A6629" w:rsidP="005A6629">
+    <w:p w14:paraId="09E0E9E5" w14:textId="4C7ED4ED" w:rsidR="008A15E1" w:rsidRPr="00B534ED" w:rsidRDefault="008A15E1" w:rsidP="00B534ED">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...151 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72F2335E" w14:textId="77777777" w:rsidR="005A6629" w:rsidRPr="00503E41" w:rsidRDefault="005A6629" w:rsidP="005A6629">
-[...2237 lines deleted...]
-    <w:sectPr w:rsidR="005A6629" w:rsidRPr="005A6629">
+    <w:sectPr w:rsidR="008A15E1" w:rsidRPr="00B534ED" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04E9027B"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="BF746F12"/>
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C310EC42"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E4089024"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FB12693A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="38441652"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="171AC3A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F3EAFDEC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3D1EFFD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D0A62B40"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="29761A62"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...96 lines deleted...]
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="667176521">
+  <w:num w:numId="1" w16cid:durableId="868563668">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1888882067">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="242423011">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1102535197">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="579411481">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1452943248">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="399407402">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="636685935">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="534658889">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-  <w:hideGrammaticalErrors/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BF3948"/>
-[...42 lines deleted...]
-    <w:rsid w:val="00FD3E71"/>
+    <w:rsidRoot w:val="00B47730"/>
+    <w:rsid w:val="00020F4E"/>
+    <w:rsid w:val="00034616"/>
+    <w:rsid w:val="000377C5"/>
+    <w:rsid w:val="0004638D"/>
+    <w:rsid w:val="0006063C"/>
+    <w:rsid w:val="00082C3D"/>
+    <w:rsid w:val="00124297"/>
+    <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="0018563B"/>
+    <w:rsid w:val="00231FD0"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rsid w:val="003143D6"/>
+    <w:rsid w:val="00326F90"/>
+    <w:rsid w:val="00353B3B"/>
+    <w:rsid w:val="004A2B0F"/>
+    <w:rsid w:val="00552251"/>
+    <w:rsid w:val="00635BD6"/>
+    <w:rsid w:val="006711DF"/>
+    <w:rsid w:val="008A15E1"/>
+    <w:rsid w:val="009E1A6A"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00B534ED"/>
+    <w:rsid w:val="00B90054"/>
+    <w:rsid w:val="00BC2940"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00E25FA0"/>
+    <w:rsid w:val="00E66630"/>
+    <w:rsid w:val="00EC5E4B"/>
+    <w:rsid w:val="00EE423A"/>
+    <w:rsid w:val="00EF390B"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rsid w:val="00FE38A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="67ADA26D"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{516B0CC7-2FA8-4790-920D-E3FFF8C9E253}"/>
+  <w14:docId w14:val="125779E1"/>
+  <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{DB7BB21F-BA16-6141-8646-C764E946361D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3020,51 +2088,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3133,59 +2201,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -3246,460 +2305,11438 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A6629"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005A6629"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="576"/>
+        <w:tab w:val="left" w:pos="1152"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="2304"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="4032"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="936" w:right="936"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
+    <w:name w:val="Light Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent2">
+    <w:name w:val="Light Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent3">
+    <w:name w:val="Light Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent4">
+    <w:name w:val="Light Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent5">
+    <w:name w:val="Light Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent6">
+    <w:name w:val="Light Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList">
+    <w:name w:val="Light List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent2">
+    <w:name w:val="Light List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent3">
+    <w:name w:val="Light List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent4">
+    <w:name w:val="Light List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent6">
+    <w:name w:val="Light List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid">
+    <w:name w:val="Light Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+    <w:name w:val="Light Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent2">
+    <w:name w:val="Light Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent3">
+    <w:name w:val="Light Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent4">
+    <w:name w:val="Light Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent5">
+    <w:name w:val="Light Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+    <w:name w:val="Light Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1">
+    <w:name w:val="Medium Shading 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+    <w:name w:val="Medium Shading 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent2">
+    <w:name w:val="Medium Shading 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent3">
+    <w:name w:val="Medium Shading 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent4">
+    <w:name w:val="Medium Shading 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+    <w:name w:val="Medium Shading 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2">
+    <w:name w:val="Medium Shading 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent1">
+    <w:name w:val="Medium Shading 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent2">
+    <w:name w:val="Medium Shading 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent4">
+    <w:name w:val="Medium Shading 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent6">
+    <w:name w:val="Medium Shading 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1">
+    <w:name w:val="Medium List 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent1">
+    <w:name w:val="Medium List 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent2">
+    <w:name w:val="Medium List 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent3">
+    <w:name w:val="Medium List 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent4">
+    <w:name w:val="Medium List 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent5">
+    <w:name w:val="Medium List 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent6">
+    <w:name w:val="Medium List 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2">
+    <w:name w:val="Medium List 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent1">
+    <w:name w:val="Medium List 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent2">
+    <w:name w:val="Medium List 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent3">
+    <w:name w:val="Medium List 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent4">
+    <w:name w:val="Medium List 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent5">
+    <w:name w:val="Medium List 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent6">
+    <w:name w:val="Medium List 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1">
+    <w:name w:val="Medium Grid 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent1">
+    <w:name w:val="Medium Grid 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent2">
+    <w:name w:val="Medium Grid 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent3">
+    <w:name w:val="Medium Grid 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent4">
+    <w:name w:val="Medium Grid 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent5">
+    <w:name w:val="Medium Grid 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent6">
+    <w:name w:val="Medium Grid 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2">
+    <w:name w:val="Medium Grid 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent1">
+    <w:name w:val="Medium Grid 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent2">
+    <w:name w:val="Medium Grid 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent3">
+    <w:name w:val="Medium Grid 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent4">
+    <w:name w:val="Medium Grid 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
+    <w:name w:val="Medium Grid 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent6">
+    <w:name w:val="Medium Grid 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3">
+    <w:name w:val="Medium Grid 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
+    <w:name w:val="Medium Grid 3 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
+    <w:name w:val="Medium Grid 3 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent3">
+    <w:name w:val="Medium Grid 3 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent4">
+    <w:name w:val="Medium Grid 3 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent5">
+    <w:name w:val="Medium Grid 3 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent6">
+    <w:name w:val="Medium Grid 3 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList">
+    <w:name w:val="Dark List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent1">
+    <w:name w:val="Dark List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="243F60" w:themeFill="accent1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent2">
+    <w:name w:val="Dark List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="622423" w:themeFill="accent2" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent3">
+    <w:name w:val="Dark List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4E6128" w:themeFill="accent3" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent4">
+    <w:name w:val="Dark List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3F3151" w:themeFill="accent4" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent5">
+    <w:name w:val="Dark List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="205867" w:themeFill="accent5" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent6">
+    <w:name w:val="Dark List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="974706" w:themeFill="accent6" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading">
+    <w:name w:val="Colorful Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent1">
+    <w:name w:val="Colorful Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="2C4C74" w:themeColor="accent1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent2">
+    <w:name w:val="Colorful Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="772C2A" w:themeColor="accent2" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent3">
+    <w:name w:val="Colorful Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5E7530" w:themeColor="accent3" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent4">
+    <w:name w:val="Colorful Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4C3B62" w:themeColor="accent4" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent5">
+    <w:name w:val="Colorful Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="276A7C" w:themeColor="accent5" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent6">
+    <w:name w:val="Colorful Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B65608" w:themeColor="accent6" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList">
+    <w:name w:val="Colorful List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent1">
+    <w:name w:val="Colorful List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent2">
+    <w:name w:val="Colorful List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent3">
+    <w:name w:val="Colorful List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="664E82" w:themeFill="accent4" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="664E82" w:themeColor="accent4" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent4">
+    <w:name w:val="Colorful List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7E9C40" w:themeFill="accent3" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="7E9C40" w:themeColor="accent3" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent5">
+    <w:name w:val="Colorful List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2730A" w:themeFill="accent6" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="F2730A" w:themeColor="accent6" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent6">
+    <w:name w:val="Colorful List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="348DA5" w:themeFill="accent5" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="348DA5" w:themeColor="accent5" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid">
+    <w:name w:val="Colorful Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent1">
+    <w:name w:val="Colorful Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent2">
+    <w:name w:val="Colorful Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent3">
+    <w:name w:val="Colorful Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent4">
+    <w:name w:val="Colorful Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent5">
+    <w:name w:val="Colorful Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent6">
+    <w:name w:val="Colorful Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B534ED"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00B534ED"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...29 lines deleted...]
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6145</Characters>
+  <Pages>4</Pages>
+  <Words>1063</Words>
+  <Characters>5551</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7209</CharactersWithSpaces>
+  <CharactersWithSpaces>6589</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Katherine Turman</dc:creator>
+  <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
-  <dc:description/>
+  <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>